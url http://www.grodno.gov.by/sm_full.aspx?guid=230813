--- v0 (2025-10-20)
+++ v1 (2026-02-07)
@@ -1,2478 +1,2169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="00D41401">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
+          <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B4640">
+      <w:r w:rsidRPr="00D41401">
         <w:rPr>
+          <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ОБРАЗЕЦ ОФОРМЛЕНИЯ ЗАЯВКИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="00D41401" w:rsidRPr="00D41401" w:rsidRDefault="00D41401" w:rsidP="00D41401">
       <w:pPr>
         <w:pStyle w:val="1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
+          <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="4536"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B4640">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r w:rsidRPr="002B4640">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>омисси</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B4640">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="4536"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Гродненского городского </w:t>
       </w:r>
       <w:r w:rsidRPr="002B4640">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">исполнительного комитета </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00200CE1">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">для проверки знаний по </w:t>
+        <w:t>для проверки знаний по </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="002B4640">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>вопросам охраны труда</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="00D41401">
       <w:pPr>
         <w:pStyle w:val="1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="00200CE1" w:rsidRDefault="000B3176" w:rsidP="000B3176">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
+          <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B4640">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Просим провести проверку знаний по вопросам охраны труда </w:t>
       </w:r>
-      <w:r w:rsidRPr="00226073">
+      <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
         <w:rPr>
           <w:i/>
-          <w:color w:val="0070C0"/>
+          <w:color w:val="auto"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>16.04.2020</w:t>
+        <w:t xml:space="preserve">                   2026</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003C0E6B">
         <w:rPr>
           <w:i/>
-          <w:color w:val="0070C0"/>
+          <w:color w:val="auto"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C000B5">
+      <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0E6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00200CE1">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B4640">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работников:</w:t>
+      </w:r>
+      <w:r w:rsidR="00200CE1" w:rsidRPr="00200CE1">
         <w:rPr>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(д</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00226073">
+    </w:p>
+    <w:p w:rsidR="000B3176" w:rsidRDefault="00200CE1" w:rsidP="00200CE1">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ата)</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200CE1">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">планируемая </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200CE1">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00200CE1">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D41401" w:rsidRPr="00D41401" w:rsidRDefault="00D41401" w:rsidP="00D41401">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D41401" w:rsidRPr="00D41401" w:rsidRDefault="003C0E6B" w:rsidP="00D41401">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B4640">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="002B4640">
+      <w:r w:rsidR="000B3176" w:rsidRPr="002B4640">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сведения о субъекте (юридическом лице, индивидуальном предпринимателе):</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="5358"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Полное наименование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...11 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Общество с ограниченной ответственностью «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00834E41">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Стрим</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00834E41">
-[...2 lines deleted...]
-                <w:color w:val="0000FF"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> плюс»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вышестоящая организация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...11 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Отсутствует</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Основной вид деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...15 lines deleted...]
-              <w:t>Строительно-монтажные работы</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="00D41401" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общее строительство зданий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Численность работников </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...11 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Сведения о регистрации </w:t>
             </w:r>
-            <w:r w:rsidRPr="00834E41">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Дата,  регистрирующий орган) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...11 lines deleted...]
-                <w:color w:val="0000FF"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="00200CE1" w:rsidP="00D41401">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">15.01.2012 </w:t>
-[...4 lines deleted...]
-                <w:color w:val="0000FF"/>
+              <w:t>15.01.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Гродненский горисполком</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3176" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г. </w:t>
+            </w:r>
+            <w:r w:rsidR="000B3176" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гродненский </w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>городской исполнительный комитет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="00D41401" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>УНП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...15 lines deleted...]
-              <w:t>591022232</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5910</w:t>
+            </w:r>
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="003C0E6B">
+        <w:trPr>
+          <w:trHeight w:val="791"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="828" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="003C0E6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5358" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>230001, г. Гродно, ул. Ленина, д.3, офис 402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> если есть почтовый адрес, то указать и его)</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...15 lines deleted...]
-              <w:t>230001, г. Гродно, ул. Ленина, д.3, офис 402</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="00200CE1" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">62 59 </w:t>
+            </w:r>
+            <w:r w:rsidR="000B3176" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>Телефон</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Телефон мобильный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="00200CE1" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+375 29 700 00 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000B3176" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>Телефон мобильный</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...15 lines deleted...]
-              <w:t>+375-29-700-00-00</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="00D41401" w:rsidRDefault="000B3176" w:rsidP="00D41401">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>njn@</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>grodno.by</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="003C0E6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00C000B5" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...15 lines deleted...]
-              <w:t>e-mail</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ и дата приказа о внедрении  СУОТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00C000B5" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>№ и дата приказа о внедрении  СУОТ</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ и дата приказа об актуализации СУОТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...13 lines deleted...]
-              <w:t>№ и дата приказа об актуализации СУОТ</w:t>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ф.И.О. должностного лица, ответственного за организацию охраны труда, должность, телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00834E41" w:rsidRDefault="000B3176" w:rsidP="009801ED">
-[...80 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Петров Петр Петрович, инженер по охране труда, </w:t>
+            </w:r>
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+375 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>800</w:t>
+            </w:r>
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B3176" w:rsidRPr="002B4640" w:rsidRDefault="000B3176" w:rsidP="000B3176">
-[...7 lines deleted...]
-    <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="00D41401" w:rsidRDefault="00D41401" w:rsidP="00D41401">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="225"/>
           <w:tab w:val="center" w:pos="7285"/>
         </w:tabs>
-        <w:jc w:val="left"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B4640">
+    </w:p>
+    <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="003C0E6B">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="225"/>
+          <w:tab w:val="center" w:pos="7285"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:tab/>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00626A86">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="00626A86">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>. Сведения о работниках, подлежащих проверке знаний:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="602"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1618"/>
+        <w:gridCol w:w="594"/>
+        <w:gridCol w:w="1677"/>
+        <w:gridCol w:w="2038"/>
+        <w:gridCol w:w="2061"/>
+        <w:gridCol w:w="1733"/>
+        <w:gridCol w:w="1751"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidTr="009801ED">
-[...2 lines deleted...]
-            <w:tcW w:w="608" w:type="dxa"/>
+      <w:tr w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidTr="00D41401">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="594" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1947" w:type="dxa"/>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C22F3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="00DA0C5F" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA0C5F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (если таковое имеется)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1592" w:type="dxa"/>
+            <w:tcW w:w="2038" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
+            <w:tcW w:w="2061" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вид проверки знаний</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>(первичная, периодическая, повторная, внеочередная)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2441" w:type="dxa"/>
+              <w:t>(первичная, периодическая, внеочередная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дата предыдущей проверки знаний по вопросам охраны труда, название комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="1751" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>риказ о назначении на должность</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="003C22F3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C22F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(дата и номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidTr="009801ED">
-[...4 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+      <w:tr w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidTr="00D41401">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Иванов Иван Иванович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1592" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:tcW w:w="2038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-                <w:color w:val="0000FF"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Директор </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2182" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+            <w:tcW w:w="2061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>первичная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="00200CE1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="000B3176" w:rsidRPr="00397174" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1751" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B3176" w:rsidRPr="00D41401" w:rsidRDefault="000B3176" w:rsidP="00D41401">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...628 lines deleted...]
-              <w:t>№ 95- к от 24.09.2020</w:t>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ 01-к от 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.01.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00200CE1" w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D41401">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="00D41401" w:rsidRDefault="00D41401" w:rsidP="00D41401">
       <w:pPr>
         <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="000B3176">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626A86">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidRPr="00626A86">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>. Сведения о составителе заявки:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2476"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2482"/>
+        <w:gridCol w:w="2475"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2439"/>
+        <w:gridCol w:w="2480"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626A86">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2524,222 +2215,248 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00626A86">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Телефон мобильный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidTr="009801ED">
+      <w:tr w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidTr="009801ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200CE1">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Инженер</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200CE1">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>по охране труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200CE1">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Петров Петр Петрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidRDefault="00200CE1" w:rsidP="00200CE1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t>) 200-00-00</w:t>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>62 59 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="00200CE1" w:rsidRDefault="00200CE1" w:rsidP="009801ED">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00200CE1">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+375 29 500 00 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000B3176" w:rsidRPr="00200CE1">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="000B3176">
+    <w:p w:rsidR="00D41401" w:rsidRDefault="00D41401" w:rsidP="000B3176">
       <w:pPr>
         <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1965"/>
+          <w:tab w:val="center" w:pos="7285"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D41401" w:rsidRDefault="00D41401" w:rsidP="000B3176">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1965"/>
+          <w:tab w:val="center" w:pos="7285"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B3176" w:rsidRPr="00626A86" w:rsidRDefault="000B3176" w:rsidP="000B3176">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1965"/>
           <w:tab w:val="center" w:pos="7285"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626A86">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>IV. Заготовки удостоверений:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-1168" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="5387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B3176" w:rsidRPr="00751C71" w:rsidTr="009801ED">
+      <w:tr w:rsidR="000B3176" w:rsidRPr="00751C71" w:rsidTr="00D41401">
         <w:trPr>
           <w:trHeight w:val="4765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="00751C71" w:rsidRDefault="000B3176" w:rsidP="009801ED">
@@ -2844,238 +2561,238 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00240D08">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Выдано</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Иванову Ивану Ивановичу</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="00D329C1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(фамилия, собственное имя, отчество (если таковое имеется)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00D329C1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-                <w:color w:val="0070C0"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Профессия рабочего (должность служащего</w:t>
             </w:r>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>директор</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="000B3176" w:rsidRPr="00D329C1" w:rsidRDefault="000B3176" w:rsidP="009801ED">
+          <w:p w:rsidR="000B3176" w:rsidRPr="003C0E6B" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-                <w:color w:val="0070C0"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Место работ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ы</w:t>
             </w:r>
             <w:r w:rsidRPr="00D329C1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D329C1">
-[...2 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="00D329C1">
-[...2 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ООО</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Стрим</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D329C1">
-[...1 lines deleted...]
-                <w:color w:val="0070C0"/>
+            <w:r w:rsidRPr="003C0E6B">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> плюс»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="00751C71" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="006B29B3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -3195,51 +2912,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> _____________</w:t>
             </w:r>
             <w:r w:rsidRPr="006B29B3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>21 г</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0E6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
             </w:r>
             <w:r w:rsidRPr="006B29B3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B3176" w:rsidRPr="006B29B3" w:rsidRDefault="000B3176" w:rsidP="009801ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3595,1174 +3330,1263 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="570"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00747BDC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
-              <w:tblW w:w="5245" w:type="dxa"/>
+              <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="30" w:type="dxa"/>
-              <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
-              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+              <w:tblLook w:val="0000"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="428"/>
-[...4 lines deleted...]
-              <w:gridCol w:w="850"/>
+              <w:gridCol w:w="349"/>
+              <w:gridCol w:w="950"/>
+              <w:gridCol w:w="975"/>
+              <w:gridCol w:w="886"/>
+              <w:gridCol w:w="1003"/>
+              <w:gridCol w:w="962"/>
             </w:tblGrid>
-            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="009801ED">
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
               <w:trPr>
                 <w:trHeight w:val="240"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Дата</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="00D41401">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Причина проверки знаний по</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D41401">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>вопросам охраны труда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="00D41401">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Отметка о</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D41401">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>проверке знаний по</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D41401">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>вопросам охраны труда (прошел, прошла)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Причина проверки знаний по вопросам охраны труда</w:t>
+                    <w:t>Дата следующей проверки знаний по</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D41401">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> вопросам охраны труда</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Отметка о проверке знаний по вопросам охраны труда (прошел, прошла)</w:t>
+                    <w:t xml:space="preserve">Подпись председателя комиссии </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1028" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                    <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                  </w:tcBorders>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="00D41401">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Номер протокола проверки знаний по</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D41401">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00747BDC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>вопросам охраны труда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
+              <w:tblPrEx>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="240"/>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Дата следующей проверки знаний по вопросам охраны труда</w:t>
+                    <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="925" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Подпись председателя комиссии </w:t>
+                    <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Номер протокола проверки знаний по вопросам охраны труда</w:t>
+                    <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...7 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>1</w:t>
+                    <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>2</w:t>
+                    <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00747BDC">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>3</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
+              <w:tblPrEx>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="240"/>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1028" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00747BDC">
-[...7 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="925" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00747BDC">
-[...7 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00747BDC">
-[...7 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...7 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
+              <w:tblPrEx>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="240"/>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1028" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="925" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...7 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
+              <w:tblPrEx>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="240"/>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1028" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="925" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...7 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidTr="00D41401">
+              <w:tblPrEx>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:tblPrEx>
+              <w:trPr>
+                <w:trHeight w:val="240"/>
+                <w:tblCellSpacing w:w="-8" w:type="nil"/>
+              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1028" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="925" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
-            </w:tr>
-[...7 lines deleted...]
-              </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="407" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="803" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1027" w:type="pct"/>
-[...80 lines deleted...]
-                  <w:tcW w:w="811" w:type="pct"/>
+                  <w:tcW w:w="0" w:type="auto"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w:rsidR="000B3176" w:rsidRPr="00747BDC" w:rsidRDefault="000B3176" w:rsidP="009801ED">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
@@ -4780,2209 +4604,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000B3176" w:rsidRDefault="000B3176" w:rsidP="000B3176">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2111 lines deleted...]
-    </w:tbl>
     <w:p w:rsidR="0016006A" w:rsidRDefault="0016006A"/>
     <w:sectPr w:rsidR="0016006A" w:rsidSect="003623B4">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3F4D3082"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FB2802A"/>
     <w:lvl w:ilvl="0" w:tplc="751E672C">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7037,104 +4748,106 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="000B3176"/>
     <w:rsid w:val="00065248"/>
     <w:rsid w:val="000B3176"/>
     <w:rsid w:val="000B5726"/>
     <w:rsid w:val="000B708B"/>
     <w:rsid w:val="0016006A"/>
+    <w:rsid w:val="00200CE1"/>
     <w:rsid w:val="00214310"/>
     <w:rsid w:val="003623B4"/>
+    <w:rsid w:val="003C0E6B"/>
     <w:rsid w:val="00634537"/>
     <w:rsid w:val="009D39F8"/>
     <w:rsid w:val="00A15989"/>
+    <w:rsid w:val="00B26688"/>
     <w:rsid w:val="00D21B4F"/>
+    <w:rsid w:val="00D41401"/>
     <w:rsid w:val="00D85387"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -7270,50 +4983,51 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B3176"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Адресат (ч. 1)"/>
     <w:autoRedefine/>
     <w:rsid w:val="000B3176"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:spacing w:after="60"/>
@@ -7526,57 +5240,74 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="966161260">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7822,51 +5553,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4525</Characters>
+  <Pages>1</Pages>
+  <Words>481</Words>
+  <Characters>2743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5308</CharactersWithSpaces>
+  <CharactersWithSpaces>3218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>L.Kostechko</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>